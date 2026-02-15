--- v0 (2026-01-01)
+++ v1 (2026-02-15)
@@ -2393,51 +2393,51 @@
       </c>
       <c r="E57">
         <v>6</v>
       </c>
       <c r="F57" s="1">
         <v>297.5</v>
       </c>
       <c r="G57" s="1">
         <v>245.87</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>133</v>
       </c>
       <c r="B58" t="s">
         <v>134</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>21</v>
       </c>
       <c r="E58">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F58" s="1">
         <v>70.0</v>
       </c>
       <c r="G58" s="1">
         <v>57.85</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>135</v>
       </c>
       <c r="B59" t="s">
         <v>136</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>21</v>
       </c>
       <c r="E59">
         <v>6</v>
       </c>
       <c r="F59" s="1">
@@ -2623,51 +2623,51 @@
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67" s="1">
         <v>105.0</v>
       </c>
       <c r="G67" s="1">
         <v>86.78</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>153</v>
       </c>
       <c r="B68" t="s">
         <v>154</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>21</v>
       </c>
       <c r="E68">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F68" s="1">
         <v>315.0</v>
       </c>
       <c r="G68" s="1">
         <v>260.33</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>155</v>
       </c>
       <c r="B69" t="s">
         <v>156</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>17</v>
       </c>
       <c r="E69">
         <v>1</v>
       </c>
       <c r="F69" s="1">